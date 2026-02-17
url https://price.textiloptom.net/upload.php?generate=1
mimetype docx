--- v0 (2025-10-22)
+++ v1 (2026-02-17)
@@ -11723,51 +11723,51 @@
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1634" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="071E3B18" w14:textId="0BDD3641" w:rsidR="00CB4441" w:rsidRPr="005C47D6" w:rsidRDefault="008B563C" w:rsidP="00CB4441">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t>6630 / 9945</w:t>
+              <w:t>6718 / 10077</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1636" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="2DCDAC83" w14:textId="33344F66" w:rsidR="00CB4441" w:rsidRPr="005C47D6" w:rsidRDefault="008B563C" w:rsidP="00CB4441">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
@@ -26167,51 +26167,51 @@
     <w:r w:rsidR="002E03BA">
       <w:tab/>
     </w:r>
     <w:r w:rsidR="002E03BA">
       <w:tab/>
     </w:r>
     <w:r w:rsidR="002E03BA" w:rsidRPr="002E03BA">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
       <w:t>Прайс лист</w:t>
     </w:r>
     <w:r w:rsidR="002E03BA" w:rsidRPr="002E03BA">
       <w:rPr>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
       <w:t xml:space="preserve"> </w:t>
     </w:r>
     <w:r w:rsidR="002E03BA">
       <w:t xml:space="preserve">от </w:t>
     </w:r>
     <w:r w:rsidR="002E03BA" w:rsidRPr="002E03BA">
-      <w:t>22.10.2025</w:t>
+      <w:t>17.02.2026</w:t>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="447C0108"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="9E3C0658"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:sz w:val="20"/>